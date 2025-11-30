--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeef11fb6b0f4ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73bc64cc0877468c9e4824bac353c3c7.psmdcp" Id="R49d760014c814e19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a749c66f6e4dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9635b56b4ff243ffac2284041c2b1f66.psmdcp" Id="R642ac5e2652641af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Retiros" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>COLCX - Listado de Retiros</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha Reporte</x:t>
   </x:si>
   <x:si>
-    <x:t>09/10/2025</x:t>
+    <x:t>29/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha Retiro</x:t>
   </x:si>
   <x:si>
     <x:t>Iniciativa</x:t>
   </x:si>
   <x:si>
     <x:t>Cod. Serial</x:t>
   </x:si>
   <x:si>
     <x:t>Vintage Inicial</x:t>
   </x:si>
   <x:si>
     <x:t>Vintage Final</x:t>
   </x:si>
   <x:si>
     <x:t>Año absorción</x:t>
   </x:si>
   <x:si>
     <x:t>Cod. Seriales Entregados</x:t>
   </x:si>
   <x:si>
     <x:t>Destinación</x:t>
   </x:si>