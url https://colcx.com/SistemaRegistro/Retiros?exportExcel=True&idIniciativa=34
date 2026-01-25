--- v1 (2025-11-30)
+++ v2 (2026-01-25)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a749c66f6e4dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9635b56b4ff243ffac2284041c2b1f66.psmdcp" Id="R642ac5e2652641af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2181edbbc503462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab66dd2c82b74781a33001a1d70c6317.psmdcp" Id="R77c7441d7c4a4bd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Retiros" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>COLCX - Listado de Retiros</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha Reporte</x:t>
   </x:si>
   <x:si>
-    <x:t>29/11/2025</x:t>
+    <x:t>24/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha Retiro</x:t>
   </x:si>
   <x:si>
     <x:t>Iniciativa</x:t>
   </x:si>
   <x:si>
     <x:t>Cod. Serial</x:t>
   </x:si>
   <x:si>
     <x:t>Vintage Inicial</x:t>
   </x:si>
   <x:si>
     <x:t>Vintage Final</x:t>
   </x:si>
   <x:si>
     <x:t>Año absorción</x:t>
   </x:si>
   <x:si>
     <x:t>Cod. Seriales Entregados</x:t>
   </x:si>
   <x:si>
     <x:t>Destinación</x:t>
   </x:si>